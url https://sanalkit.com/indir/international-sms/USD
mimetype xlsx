--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -101,51 +101,51 @@
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
-    <t>Azerbeycan</t>
+    <t>Azerbaycan</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>